--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -54,3028 +54,3028 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DOMINGOS LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. DIRETOR GERAL DO DER-PI, PARA QUE PROVIDENCIE A CONSTRUÇÃO DE 2 (DOIS) REDUTORES DE VELOCIDADE DO TIPO QUEBRA-MOLAS NA PI 117, MAIS PRECISAMENTE NAS IMEDIAÇÕES DO POSTO DE GASOLINA DA LOCALIDADE TAPUIO. </t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PROF. JÚNIOR RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO REDUTORES DE VELOCIDADE COM A DEVIDA E ADEQUADA SINALIZAÇÃO NAS IMEDIAÇÕES DAS AGÊNCIAS BANCÁRIAS E DAS ESCOLAS SITUADAS NAS SEGUINTES VIAS PÚBLICAS: I - RUA VEREADOR RAMOS; II - RUA LEONARDO DAS DORES; III - AVENIDA PETRÔNIO PORTELA; E IV - RUA PATRIOTINO LAGES REBELO. </t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA INSTITUÍDA CAMPANHA MUNICIPAL DE CONSCIENTIZAÇÃO DO TRÂNSITO EM ESPERANTINA, MAIS ESPECIFICAMENTE SOBRE O USO DE REBOQUES EM VEÍCULOS. </t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A URGENTE LIMPEZA DA RUA PROFESSORA MARIA DE JESUS AMORIM, QUE FAZ LIGAÇÃO ENTRE OS BAIRROS PEDREIRA E RURAL. </t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>PROF. LEÔNIDAS</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL, PARA QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO A IMPLANTAÇÃO DE SISTEMA DE INFORMATIZAÇÃO DE MARCAÇÃO DE CONSULTAS E EXAMES NA REDE MUNICIPAL E ESTADUAL DE SAÚDE NO MUNICÍPIO DE ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXCELENTÍSSIMO SENHOR GOVERNADOR DO ESTADO DO PIAUÍ, PARA QUE JUNTO AO SECRETÁRIO DE TRANSPORTES DO ESTADO PROVIDENCIE A FIXAÇÃO DE POSTES DE ILUMINAÇÃO PÚBLICA NO PROLONGAMENTO DA AVENIDA MINISTRO PETRÔNIO PORTELA ATÉ O RODOANEL NA LOCALIDADE MANGUEIRA, NO MUNICÍPIO DE ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXCELENTÍSSIMA SENHORA PREFEITA MUNICIPAL, PARA QUE SEJAM TOMADAS AS DEVIDAS PROVIDÊNCIAS QUANTO A CRIAÇÃO DE PARQUES EM PRAÇAS E DE UM ESPAÇO DESTINADO A RECREAÇÃO INFANTIL NO MUNICÍPIO DE ESPERANTINA-PI. </t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>INÊS MONÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A COMPLEMENTAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA DA LOCALIDADE JACARÉ DA VERMELHA ATÉ O CANTO DO CABOCLO. </t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A COMPLEMENTAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA DA LOCALIDADE ENCANTO, PERFAZENDO UM TOTAL DE 3.500 M (TRÊS MIL E QUINHENTOS METROS) DE ENCANAMENTO E QUE BENEFICIARÁ 55 FAMÍLIAS DA REGIÃO. </t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>LUIZ DIONÍZIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA SEJA CONSTRUÍDA PONTE SOBRE O RIACHO QUE CORTA A ESTRADA QUE DÁ ACESSO À LOCALIDADE LIMOEIRO, PRÓXIMO À RESIDÊNCIA DO SR. TONICO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE À REPARTIÇÃO COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A COLETA DE LIXO COM PERIODICIDADE SEMANAL NO PARQUE ECOLÓGICO CACHOEIRA DO URUBU. </t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE FIRME PARCERIA COM O GOVERNO DO ESTADO DO PIAUÍ, VISANDO DISPONIBILIZAR EFETIVO DO CORPO DE BOMBEIROS NO PARQUE ECOLÓGICO CACHOEIRA DO URUBU, COM O OBJETIVO DE GARANTIR A SEGURANÇA DOS BANHISTAS DURANTE OS FINAIS DE SEMANA NESTE PERÍODO EM QUE AS QUEDAS D&amp;#8217;ÁGUA GANHAM VOLUME E A VISITAÇÃO AUMENTA EXPONENCIALMENTE, DEVENDO SE ESTENDER ATÉ A SEMANA SANTA. </t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO NA RUA FRANCISCO FREDERICO DE CARVALHO, EM UM TRECHO DE 10 (DEZ) METROS QUE COMPLEMENTARÁ A RUA ATÉ ENCONTRAR COM A RUA EDSON CHAVES, NO BAIRRO MORRO DA CHAPADINHA NORTE.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O EMPIÇARRAMENTO DA RUA VEREADOR FRANCISCO LUSTOSA DE CASTRO, NO TRECHO QUE PASSA EM FRENTE À TORRE DE TELEFONIA, NO BAIRRO CHAPADINHA NORTE.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O EMPIÇARRAMENTO DA RUA REGINALDO A. BEZERRA, NO TRECHO COMPREENDIDO ENTRE A RUA JOSÉ RIBEIRO DE CASTRO E AV. TEODORO CASTELO BRANCO.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O EMPIÇARRAMENTO DA RUA JOSÉ RIBEIRO DE CASTRO, NO TRECHO COMPREENDIDO ENTRE AS RUAS REGINALDO A. BEZERRA E SEBASTIÃO ALVES MACHADO.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXCELENTÍSSIMA SENHORA PREFEITA, SOLICITANDO QUE DETERMINE À REPARTIÇÃO COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A AÇÃO DE MELHORAMENTO DA ESTRADA VICINAL QUE INTERLIGA A SEDE DO MUNICÍPIO À LOCALIDADE BOMFIM, PASSANDO PELO LUGAR PEREIRAS.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXCELENTÍSSIMA SENHORA PREFEITA, OUVIDO O PLENÁRIO, SOLICITANDO QUE DETERMINE À REPARTIÇÃO COMPETENTE DE SUA ADMINISTRAÇÃO PARA QUE PROVIDENCIE A REFORMA DA ESTRADA QUE LIGA AS LOCALIDADES CARRASPANHA, JUNCO, GAMELEIRA ATÉ LOCALIDADE BARRO.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXCELENTÍSSIMA SENHORA PREFEITA, OUVIDO O PLENÁRIO, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO PARA QUE PROVIDENCIE: I - O CONSERTO DA RUA DA QUADRA 2 DO CONJUNTO FAZENDINHA; II - ILUMINAÇÃO PÚBLICA PARA AS RUAS ENTRE AS QUADRAS 3, 4, 5 E 6. </t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA UMA REFORMA NO CHAFARIZ DO MORRO DA CHAPADINHA NORTE.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. GEORGIANO NETO, DEPUTADO ESTADUAL, QUE APRESENTE EMENDA PARLAMENTAR VISANDO A EXECUÇÃO DE SERVIÇOS DE HORA-MÁQUINA NA ZONA URBANA DESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTO AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDO CONSERTO DE CERCA DE 12 QUILÔMETROS DE ESTRADA VICINAL ENTRE AS COMUNIDADES LAGOA SECA E JACARÉ DA VERMELHA.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA DO PODER EXECUTIVO A INSTALAÇÃO DE CÂMERAS DE VIGILÂNCIA NAS VIAS DE SAÍDA E PRINCIPAIS PONTOS DE MOVIMENTAÇÃO NA CIDADE DE ESPERANTINA.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA INSTITUÍDO O CONSELHO MUNICIPAL DO PATRIMÔNIO CULTURAL E NATURAL DE ESPERANTINA &amp;#8211; CONMPCNE, PREVISTO NA LEI Nº 1.056, DE 8 DE MARÇO DE 2006. </t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, OUVIDO O PLENÁRIO, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO O CUMPRIMENTO DE LEIS MUNICIPAIS JÁ APROVADAS.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA EM CARÁTER DE URGÊNCIA A ILUMINAÇÃO PÚBLICA NO ASSENTAMENTO PEDRAS, ZONA RURAL DE ESPERANTINA, ONDE JÁ SE ENCONTRAM INSTALADOS POSTES. </t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O EMPIÇARRAMENTO DA RUA JOÃO PINTO DE ARAÚJO LEITE, NO BAIRRO BATISTA DE AMORIM.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PROF. JÚNIOR RODRIGUES, DENIVAL MOTOS</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO NAS SEGUINTES RUAS: I - JAIME PINHEIRO BRASIL, NO TRECHO COMPREENDIDO ENTRE AS RUAS RAIMUNDO ROMÃO DA SILVA E LEONEL PEREIRA DA SILVA, EM TRECHO DE APROXIMADAMENTE 80 METROS;_x000D_
 II - PROLONGAMENTO DA RUA JAIME PINHEIRO BRASIL, INICIANDO NO ENCONTRO DA RUA RAIMUNDO ROMÃO DA SILVA ATÉ A RUA FRANCISCO PAULO RIOTINTO.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>TOTE FILHO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO NAS RUAS SÃO JOSÉ E PROJETADA 52, AMBAS NO BAIRRO BATISTA DE AMORIM. </t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. SUPERINTENDENTE DO INSTITUTO NACIONAL DE SEGURIDADE SOCIAL &amp;#8211; INSS NO ESTADO DO PIAUÍ, QUE PROVIDENCIE MÉDICO PERITO PARA A AGENCIA DE ESPERANTINA. </t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO A RUA MANOEL BOTELHO, NO BAIRRO BATISTA DE AMORIM. </t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. SECRETÁRIO ESTADUAL DO TRABALHO E EMPREENDEDORISMO, SOLICITANDO QUE VIABILIZE A DISPONIBILIZAÇÃO DE CURSOS PROFISSIONALIZANTES PARA A QUALIFICAÇÃO DE JOVENS NA CIDADE DE ESPERANTINA-PI, POR MEIO DO PROGRAMA SETRE NOS MUNICÍPIOS. </t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE SEJA IMPLANTADO DISPOSITIVOS DE REDE LOCAL SEM FIOS WIRELESS LAN (WLAN) BASEADOS NO PADRÃO WI-FI, DISPONIBILIZADOS GRATUITAMENTE AOS ESTUDANTES E CIDADÃOS NAS PRAÇAS MUNICIPAIS: PRAÇA DA MATRIZ LEÔNIDAS DAS MELO, PRAÇA LAGES REBELO, PRAÇA DA BIBLIOTECA MUNICIPAL, PRAÇA DO CEMITÉRIO SÃO JOÃO BATISTA, PRAÇA DO BAIRRO PALESTINA, PRAÇA DO BAIRRO NOVA ESPERANÇA E PRAÇA DO POVOADO LAGOA SECA.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A RECUPERAÇÃO COM EMPIÇARRAMENTO DA ESTRADA VICINAL QUE INICIA NA LOCALIDADE MALHADO DO MEIO, NA PI 211 ATÉ AS LOCALIDADES TABOCA E BALIZA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A RECUPERAÇÃO COM EMPIÇARRAMENTO DA ESTRADA VICINAL QUE INICIA NA LOCALIDADE MALHADO DO MEIO, NA PI 211 ATÉ AS LOCALIDADES POÇO DOS TINGUIS E TABULEIRINHO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A RECUPERAÇÃO COM EMPIÇARRAMENTO DA ESTRADA VICINAL QUE INICIA NA LOCALIDADE MALHADO DO MEIO, NA PI 211 ATÉ A LOCALIDADE OLHO D&amp;#8217;ÁGUA DOS TATUS, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA CONTINUADA A CONSTRUÇÃO DE CANALETAS NA RUA LUIZ GONZAGA DA CUNHA, PRINCIPALMENTE SEJA DADA PRIORIDADE AO CRUZAMENTO COM A RUA LOURIVAL NOGUEIRA DE AGUIAR, NO BAIRRO RURAL.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>MARCILIO FARIAS</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE ENVIDE ESFORÇOS PARA VIABILIZAR ATRAVÉS DE DOAÇÃO, CESSÃO DE USO OU TERMO DE COMODATO, ÁREA URBANA PERTENCENTE AO MUNICÍPIO PARA A CONSTRUÇÃO DO CAMPUS DA UNIVERSIDADE ESTADUAL DO PIAUÍ/UNIVERSIDADE ABERTA DO BRASIL. OUTROSSIM, INDICAMOS DUAS ÁREAS POSSÍVEIS PARA TAL ATO, QUAIS SEJAM, TERRENO CONFRONTANTE AOS FUNDOS DO GINÁSIO DÍDIMO DE CASTRO E TERRENO DO ANTIGO HOTEL HIMO.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE ENVIDE ESFORÇOS PARA VIABILIZAR ATRAVÉS DE DOAÇÃO, CESSÃO DE USO OU TERMO DE COMODATO, ÁREA PERTENCENTE AO MUNICÍPIO PARA A CONSTRUÇÃO ESCOLA DE ENSINO MÉDIO ESTADUAL NA COMUNIDADE LAGOA SECA.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>DELEGADO MAURO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE DORAVANTE A MESMA ENVIDE ESFORÇOS PARA QUE FAÇA GESTÃO JUNTO À SECRETÁRIA DE ESPORTES DO MUNICÍPIO NO SENTIDO DE PRESTAR APOIO AOS EVENTOS ESPORTIVOS REALIZADOS NO MUNICÍPIO QUE TEM GRANDE REPERCUSSÃO A NÍVEL ESTADUAL E ATÉ NACIONAL, NOTADAMENTE A COPA NORTE DE FUTSAL, EVENTO CRIADO GENUINAMENTE EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SECRETÁRIA ESTADUAL DE EDUCAÇÃO, QUE DESIGNE EQUIPE TÉCNICA DA SECRETARIA ESTADUAL DE EDUCAÇÃO/UNIDADE DE EDUCAÇÃO TÉCNICA E PROFISSIONAL PARA, JUNTAMENTE COM A EQUIPE GESTORA, COORDENADORES E PROFESSORES DO CEEP LEONARDO DAS DORES, PARA FORMATAR PROPOSTA DE OFERTA DE CURSOS TÉCNICOS NA MODALIDADE SUBSEQUENTE NO TURNO DA NOITE.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ; AO SENHOR DIRETOR GERAL DO DETRAN E AO EXMO. SENHOR DEPUTADO FRANCISCO LIMMA A REFORMA, ADEQUAÇÃO, EQUIPAMENTOS E MOBILIÁRIOS PARA A 13ª CIRETRAN DE ESPERANTINA.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SENHOR DIRETOR &amp;#8211; PRESIDENTE DA AGESPISA, A RECUPERAÇÃO DE ASFALTO NAS VIAS PÚBLICA DA CIDADE DE ESPERANTINA EM VIRTUDE DE SERVIÇOS REALIZADOS PELA AGESPISA. </t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, OUVIDO O PLENÁRIO, SOLICITANDO QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A SINALIZAÇÃO E REGULAÇÃO DO TRANSITO EM ESPERANTINA, INCLUSIVE COM CAMPANHA EDUCATIVA E OUTRAS FORMAS, QUE VENHAM EVITAR PESSOAS TRANSPORTAR CRIANÇAS SEM NENHUMA PROTEÇÃO EM MOTOS E OUTROS VEÍCULOS.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. GOVERNADOR DO ESTADO DO PIAUÍ, SOLICITANDO QUE PROVIDENCIE A INSTALAÇÃO DE UM POSTO DO CORPO DE BOMBEIROS EM ESPERANTINA, PARA ATENDER OS INCIDENTES OCORRIDOS, INCLUSIVE EM CIDADES CIRCUNVIZINHAS E POSSA MANTER BOMBEIROS SEMPRE PRESENTES NO PARQUE ECOLÓGICO CACHOEIRA DO URUBU, PRINCIPALMENTE NO PERÍODO DO INVERNO. </t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, SOLICITANDO QUE DETERMINE À SECRETARIA MUNICIPAL DE INFRAESTRUTURA QUE FAÇA A LIMPEZA E CERQUE OU MURE O LOCAL ONDE ESTÁ A TORRE DE TELEVISÃO EM NOSSO MUNICÍPIO, LOCALIZADA NO BAIRRO MORRO DA CHAPADINHA, PRÓXIMO AO COLÉGIO ESTADO DA PARAÍBA.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A IMPLANTAÇÃO DE ACADEMIA AO AR LIVRE NO BAIRRO MÃO SANTA.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE UM REDUTOR DE VELOCIDADE DO TIPO QUEBRA-MOLAS NA RUA CEL. JOSÉ FORTES, NAS PROXIMIDADES DA AGENCIA DO BANCO DO NORDESTE.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. PRESIDENTE DA ASSEMBLÉIA LEGISLATIVA DO ESTADO DO PIAUÍ, QUE PROVIDENCIE RECURSOS DE EMENDAS PARLAMENTARES PARA ASFALTAMENTO DAS RUAS SÃO JOSÉ E PROJETADA 52, AMBAS NO BAIRRO BATISTA DE AMORIM, NESTA CIDADE DE ESPERANTINA. </t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O ROÇO DO RODOANEL COM A MAIOR BREVIDADE POSSÍVEL, INICIANDO NA ROTATIVA NA AVENIDA BERNARDO BEZERRA ATÉ A LIGAÇÃO COM A PI 214, QUE DÁ ACESSO A MORRO DO CHAPÉU DO PIAUÍ.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA CONSTRUÍDO REDUTOR DE VELOCIDADES TIPO QUEBRA-MOLAS NA RUA EUCLIDES FENELON.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>BEBÉ VITÓRIA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A RECUPERAÇÃO DA ESTRADA QUE LIGA AS LOCALIDADES LIMPEZA E ARAÇÁ, PASSANDO EM FRENTE AO CEMITÉRIO LOCAL.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A RECUPERAÇÃO DA ESTRADA QUE LIGA A LOCALIDADE LIMPEZA ATÉ O VIEIRA, PASSANDO EM FRENTE À CAPELA.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A RECUPERAÇÃO DA ESTRADA QUE LIGA A LOCALIDADE BURITI DOS BRITOS A BEIRUTE.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A CONSTRUÇÃO DE CALÇAMENTO NA RUA LUIZ GONZAGA DA CUNHA, FINALIZANDO NO RODOANEL DA PI 117. </t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A CONSTRUÇÃO DO RESTANTE DE CALÇAMENTO NA RUA ADEMAR SOUSA CARVALHO.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA VILA CANTO.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NA VILA BOI VELHO.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJAM OFERTADOS OS SEGUINTES BENEFÍCIOS PARA A LOCALIDADE PEREIRAS:_x000D_
 I - PERFURAÇÃO DE POÇO TUBULAR COM A RESPECTIVA INSTALAÇÃO DE REDE DE ABASTECIMENTO DOMICILIAR;_x000D_
 II - ILUMINAÇÃO PÚBLICA.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDO O EMPIÇARRAMENTO DA ESTRADA DO FINAL DO BAIRRO FAZENDINHA ATÉ A LOCALIDADE CURRALINHOS.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO ANTECIPADAMENTE - MAIS PRECISAMENTE NA SEMANA QUE ANTECEDE O FERIADO POPULARMENTE CONHECIDO COMO SEMANA CAÇADEIRA - O ROÇO DAS ESTRADAS MUNICIPAIS EM RAZÃO DA PROXIMIDADE DO FERIADO DA SEMANA SANTA QUE É TRADICIONAL NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A INSTALAÇÃO DE SISTEMA DE ABASTECIMENTO DOMICILIAR DE ÁGUA NA LOCALIDADE CHAPADINHA.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA REFORMA DA ESTRADA QUE INICIA NO BAIRRO CARRASPANHA ATÉ A LOCALIDADE ANGELIM.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA REFORMA DA ESTRADA QUE INICIA NA LOCALIDADE ANGELIM, PASSANDO PELO RABO DO GATO E FINALIZA NA ESTRADA DA TABOQUINHA.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE PASSAGEM MOLHADA E REFORMA DA ESTRADA ENTRE AS LOCALIDADES FORTALEZA E LAGOA DOS MACACOS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONCLUSÃO DA CONSTRUÇÃO DE CALÇAMENTO DA RUA JOAQUIM AUGUSTO, NO BAIRRO MORRO DA CHAPADINHA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A SINALIZAÇÃO DOS QUEBRA-MOLAS DA ZONA URBANA DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A INSTALAÇÃO DE CAIXA D&amp;#8217;ÁGUA DE 10.000 L COM BASE DE CONCRETO NA LOCALIDADE ANGELIM.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A SUBSTITUIÇÃO DAS MESAS DE CORTE DE CARNE NO MERCADO PÚBLICO, ATUALMENTE DE PEDRA OU MADEIRA POR OUTRAS DE ZINCO.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A COMPRA DE SERRAS UTILIZADAS PELOS AÇOUGUEIROS DO MERCADO PÚBLICO MUNICIPAL, UTILIZADAS PARA CORTE EM OSSOS.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. COMANDANTE DA 4ª COMPANHIA DO 12º BATALHÃO DA POLÍCIA MILITAR DO PIAUÍ, QUE SEJA PROVIDENCIADA A REALIZAÇÃO DE RONDAS POLICIAIS OSTENSIVAS COM MAIOR FREQUÊNCIA NAS PROXIMIDADES DAS ESCOLAS SEDIADAS NA ZONA URBANA, NO PERÍODO NOTURNO.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>ALCIONE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, OUVIDO O PLENÁRIO DESTA AUGUSTA CASA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA (BRAÇOS DE ILUMINAÇÃO E LÂMPADAS NOS POSTES) NA LOCALIDADE ALEGRE.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTO À SECRETARIA MUNICIPAL DE INFRAESTRUTURA A AMPLIAÇÃO DO CEMITÉRIO SÃO JOÃO BATISTA, NA LATERAL ESQUERDA DA RUA LANDRI SALES.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL, OUVIDO O PLENÁRIO, QUE DETERMINE JUNTO AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE REDUTORES DE VELOCIDADE DO TIPO QUEBRA-MOLAS COM SINALIZAÇÃO NA AVENIDA MINISTRO PETRÔNIO PORTELA, INICIANDO NAS PROXIMIDADES DO ANTIGO HOTEL RIMO E ESTENDENDO-SE ATÉ A ROTATÓRIA DO ANEL VIÁRIO.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL, OUVIDO O PLENÁRIO, QUE DETERMINE JUNTO AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A REPOSIÇÃO DAS LÂMPADAS DA PASSARELA DO PARQUE ECOLÓGICO CACHOEIRA DO URUBU, BEM COMO NOS POSTES QUE ILUMINAM A ÁREA DE CIRCULAÇÃO DE TURISTAS.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>MARCILIO FARIAS, MANOEL FILHO, ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ, WELLINGTON DIAS E AO EXMO. SENHOR DEPUTADO FEDERAL FÁBIO ABREU, SECRETÁRIO DE SEGURANÇA PÚBLICA A REFORMA E ADEQUAÇÃO DA DELEGACIA DE POLÍCIA CIVIL DE ESPERANTINA.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICA AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ;AO EXMO. SENHOR SECRETÁRIO DE SEGURANÇA PÚBLICA; AO EXMO. SENHOR COMANDANTE GERAL DA POLÍCIA MILITAR DO PIAUÍ, A REFORMA E ADEQUAÇÃO DA 4ª CIA DE POLÍCIA MILITAR DE ESPERANTINA.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>MARCILIO FARIAS, MANOEL FILHO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ, E AO EXMO. SENHOR MERLONG SOLANO, SECRETÁRIO DE GOVERNO, A REFORMA DO GINÁSIO POLIESPORTIVO MUNICIPAL DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ E AO EXMO. SENHOR DEPUTADO FEDERAL MERLONG SOLANO, SECRETÁRIO DE GOVERNO, A REFORMA DO GINÁSIO POLIESPORTIVO ESTADUAL DÍDIMO DE CASTRO, DO BAIRRO CENTRO.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INDICO AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ,  E AO EXMO. SENHOR DEPUTADO FEDERAL MERLONG SOLANO, SECRETÁRIO DE GOVERNO, 5.000M² DE CALÇAMENTO PARA RUAS DO BAIRRO RURAL, EM ESPERANTINA. </t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf</t>
   </si>
   <si>
     <t>INDICO AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ; AO EXMO. SENHOR DEPUTADO FEDERAL MERLONG SOLANO, SECRETÁRIO DE GOVERNO; E AO EXMO. SENHOR SECRETÁRIO DE ADMINISTRAÇÃO, A REFORMA DO PRÉDIO DO IAPEP EM ESPERANTINA.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À ILMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A INSTALAÇÃO DE SINALIZAÇÃO OU QUEBRA-MOLAS NO CRUZAMENTO DA AVENIDA PETRÔNIO PORTELA COM A RUA JOSÉ DE SOUSA CAMPOS. </t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À ILMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROCEDIDA A CONSTRUÇÃO DE CALÇAMENTO NA RUA JOAQUIM TELES DE MENEZES, NO BAIRRO BEZERRÃO. </t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf</t>
   </si>
   <si>
     <t>À ILMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A INSTALAÇÃO DE LUMINÁRIAS NOS POSTES DA LOCALIDADE ALTO TINGUIS.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. DEPUTADA FEDERAL REJANE DIAS, QUE PROVIDENCIE RECURSOS ATRAVÉS DE SUAS EMENDAS PARLAMENTARES AO ORÇAMENTO PARA A CONSTRUÇÃO DE CALÇAMENTO NA RUA BOAVENTURA CARDOSO VIEIRA, NA VILA SALVADOR MACHADO, EM ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O EMPIÇARRAMENTO DA ESTRADA QUE DÁ ACESSO ÀS COMUNIDADES MOCÓS E TERRA PRETA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTOS NO BAIRRO MÃO SANTA, NOS SEGUINTES LOCAIS: I -QUADRAS 6 E 12; II PROJETADA 3 E 23; III - RUA EDSON CHAVES.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO NA RUA RAIMUNDO ROMÃO DA SILVA, NO BAIRRO RURAL.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO NA RUA MANOEL FRANCISCO DE AMORIM, NO BAIRRO BEZERRÃO.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A RESTAURAÇÃO POR EMPIÇARRAMENTO DAS RUAS DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A RECUPERAÇÃO DA PONTE DA LOCALIDADE ANGELIM, LOCALIZADA NAS PROXIMIDADES DO TABULEIRINHO.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE ENVIDE ESFORÇOS E VIABILIZE JUNTAMENTE À SECRETARIA DO DESENVOLVIMENTO RURAL DO ESTADO DO PIAUÍ &amp;#8211; SDR O ATENDIMENTO A DEMANDA JÁ APRESENTADA A ESTA SECRETARIA, PARA QUE SEJA CONSTRUÍDA UMA ESTRADA INTERLIGANDO AS LOCALIDADES TABOCAS E BALIZA À TINGUIS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO EMPIÇARRAMENTO DA ESTRADA QUE SAI DA PI 211 ATÉ A LOCALIDADE ANGELIM, DA SRA. FRANCISCA RICARDO.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, PARA QUE SEJA PROVIDENCIADA A CONSTRUÇÃO DE PASSAGEM MOLHADA COM MANILHAS NO RIACHO DA LOCALIDADE INGAZEIRA, PRÓXIMO À RESIDÊNCIA DO SR. ZECA JULI.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>MANOEL FILHO, ALCIONE CARVALHO, DENIVAL MOTOS, DOMINGOS LUIZ, MARCILIO FARIAS, PROF. LEÔNIDAS, ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. PRESIDENTE DA FUNDAÇÃO DOS ESPORTES DO PIAUÍ - FUNDESPI, QUE AGILIZE A EXECUÇÃO DA OBRA DE CONSTRUÇÃO DO ESTÁDIO MUNICIPAL PEDRO PORTELA.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. DEP. THEMÍSTOCLES FILHO, PRESIDENTE DA ASSEMBLEIA LEGISLATIVA DO ESTADO DO PIAUÍ QUE JUNTO AO GOVERNADOR DESTE ESTADO, OUVIDO O PLENÁRIO, PROVIDENCIE A CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO MORRO DA CHAPADINHA, NA ÁREA LOCALIZADA EM FRENTE À RÁDIO MORRO DA CHAPADINHA FM.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJAM PROVIDENCIADOS OS SEGUINTES BENEFÍCIOS PARA A RUA MANOEL JOSÉ PONTES, NO CENTRO:_x000D_
 - RECUPERAÇÃO DE CALÇAMENTO: 50 METROS;_x000D_
 - EMPIÇARRAMENTO DE 30 METROS NO FINAL DA RUA. </t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, OUVIDO O PLENÁRIO, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A INSTALAÇÃO DE REDE PARA CONTENÇÃO DE BOLAS UTILIZADAS EM PRÁTICAS ESPORTIVAS NO GINÁSIO POLIESPORTIVO THEMÍSTOCLES DE SAMPAIO PEREIRA, O THEMISTÃO.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE MURO NO CEMITÉRIO DO BAIRRO CARRASPANHA. </t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, OUVIDO O PLENÁRIO, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE UMA CASA ADEQUADA PARA A REALIZAÇÃO DE VELÓRIOS NA SEDE DESTE MUNICÍPIO AO LADO DO CEMITÉRIO SÃO JOÃO BATISTA, NA RUA LANDRI SALES, DESTINADO À REALIZAÇÃO DE VELAMENTO DOS MORTOS CUJAS FAMÍLIAS NÃO TÊM CONDIÇÕES DE ARCAR COM AS DESPESAS ADVINDAS DESSE INESPERADO FATO. AINDA APROVEITANDO O TERRENO, SEJAM CONSTRUÍDOS BANHEIROS PÚBLICOS PARA SERVIR ÀQUELES QUE SE UTILIZAM DOS COMÉRCIOS E INSTITUIÇÕES BANCÁRIAS NO ENTORNO.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. REPRESENTANTE DA EMPRESA RESPONSÁVEL PELA COLETA DE LIXO NO MUNICÍPIO DE ESPERANTINA, QUE CUMPRA E FAÇA CUMPRIR O DETERMINADO PELA LEI MUNICIPAL Nº 1.307/16, QUE &amp;#8220;INSTITUI NO MUNICÍPIO DE ESPERANTINA O USO OBRIGATÓRIO DE EQUIPAMENTO DE PROTEÇÃO INDIVIDUAL &amp;#8211; EPI, POR PARTE DOS COLETORES DE LIXO (GARIS), E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;. </t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O ENVIO JUNTO AOS BALANCETES MENSAIS DE PRESTAÇÃO DE CONTAS DA PREFEITURA DE UMA PASTA DEDICADA EXCLUSIVAMENTE AOS CONTRATOS E LICITAÇÕES REALIZADAS. </t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJAM PROVIDENCIADOS OS SEGUINTES BENEFÍCIOS PARA O CEMITÉRIO SANTA TEREZINHA, NO BAIRRO NOVO MILÊNIO: I - TERRAPLANAGEM DA ÁREA INTERNA, AINDA NÃO OCUPADA PELOS TÚMULOS; II - INSTALAÇÃO DE ÁGUA E ENERGIA (PARTE INTERNA); &amp;#61623;III -_x000D_
  FERRAMENTAS PARA ESCAVAR SEPULTURAS (4 PÁS, 2 PICARETAS, 2 CHIBANCAS, 2 CAVADORES, 4 ENXADAS E 1 MARRETA DE 8 KG.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>DENIVAL MOTOS</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO DA RUA FRANCISCO EDSON ALVES, NO BAIRRO MORRO DA ONÇA.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, OUVIDO O PLENÁRIO, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO DA RUA JOAQUIM AUGUSTO, NO MORRO DA CHAPADINHA NORTE. </t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE DETERMINE O(S) SETOR(ES) COMPETENTE(S) DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A ORGANIZAÇÃO (COM A COLOCAÇÃO DE CAVALETES MÓVEIS, SINALIZAÇÃO HORIZONTAL E VERTICAL) DO TRECHO DA RUA MARECHAL DEODORO, COMPREENDIDA ENTRE AS RUAS 4 DE OUTUBRO E VEREADOR JOAQUIM FERNANDES, EM FRENTE AO HOSPITAL ESTADUAL JÚLIO HARTMAN.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ, WELLINGTON DIAS E AO EXMO. SENHOR DEPUTADO FRANCISCO LIMMA SOLICITANDO A IMPLANTAÇÃO DE SISTEMA SIMPLIFICADO DE ABASTECIMENTO DE ÁGUA NAS COMUNIDADES BOA VISTA DOS CARIOCAS, LAGOA SECA, GUABIRABAS, VÁRZEA DAS QUEDAS E VEREDA DOS ANACLETOS.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO DAS RUAS ESTER MOUTA E RUA (BECO) PROJETADA II ONDE SE LOCALIZA A CASA DA COMUNIDADE, NA VILA DA SOLIDARIEDADE, BAIRRO MORRO DA CHAPADINHA NORTE.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE PASSAGEM MOLHADA NO RIACHO LOCALIZADO ENTRE AS LOCALIDADES CAPÕES E CALUMBIS.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, QUE PROVIDENCIE A LIMPEZA DA PRAÇA JOÃO BATISTA OLIVEIRA, LOCALIZADA NA BIFURCAÇÃO DA AVENIDA BERNARDO BEZERRA COM A RUA ABIGAIL ARAÚJO.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE A CRIAÇÃO DE UM COMITÊ COM A PARTICIPAÇÃO DE PSICÓLOGOS, MÉDICOS, ENFERMEIROS, AGENTES DE SAÚDE, ASSISTENTES SOCIAIS, MEMBROS DO CONSELHO TUTELAR E DA SEGURANÇA PÚBLICA, VISANDO A PREVENÇÃO, BEM COMO A RECUPERAÇÃO DOS USUÁRIOS DE DROGAS ENCONTRADOS NO CENTRO DA CIDADE</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>MANOEL FILHO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. GOVERNADOR DO ESTADO DO PIAUÍ, QUE AGILIZE A RETOMADA DO PROJETO DE ASFALTAMENTO PARA A CIDADE DE ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A REATIVAÇÃO DE UM POSTO DE SAÚDE PARA A LOCALIDADE AMARGOSA.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O ALUGUEL DE VEICULO TIPO VAN, PARA O TRANSPORTE DE DOENTES COM CA PARA TRATAMENTO EM TERESINA.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO ILMO. SR. SECRETÁRIO MUNICIPAL DE INFRAESTRUTURA, QUE PROVIDENCIE MELHORIAS POR MEIO DE EMPIÇARRAMENTO NA RUA JOÃO PINTO LEITE, LOCALIZADA NO BAIRRO BEZERRÃO, INICIANDO NA RUA TONY RAMOS ATÉ ENCONTRAR COM A RUA OLAVO REBELO, NO BAIRRO BATISTA DE AMORIM, ESTENDENDO-SE AINDA ÀS RUAS AO REDOR DA CRECHE EM CONSTRUÇÃO E RUAS ADJACENTES.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. PRESIDENTE DA ASSEMBLEIA LEGISLATIVA DO ESTADO DO PIAUÍ, QUE JUNTO AO GOVERNADOR DESTE ESTADO, PROVIDENCIE A DUPLICAÇÃO COM MÃO DUPLA, DA AVENIDA JOAQUIM COELHO DE RESENDE, NO TRECHO QUE INICIA NA RUA SEBASTIÃO ALVES MACHADO E FINALIZA NA PI 213, QUE DÁ ACESSO AO POVOADO LAGOA SECA.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE UM VEÍCULO PARA O TRANSPORTE DE PACIENTES ENTRE SUAS RESIDÊNCIAS E O LOCAL EM QUE O VEÍCULO VAN OS TRANSPORTA PARA TERESINA.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE CALÇAMENTO NA RUA AVELINO MELO, NO BAIRRO NOVA ESPERANÇA, NO TRECHO COMPREENDIDO ENTRE AS RUAS DOMINGOS MOREIRA E SANTOS DUMONT.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE CALÇADÃO NO CHAFARIZ DO BAIRRO MORRO DA CHAPADINHA E AINDA SEJA DISPONIBILIZADO UM VIGIA PARA O LOCAL.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA DISPONIBILIZADO UM VEÍCULO PARA CAPTURA E TRANSPORTE DE ANIMAIS PARA O CENTRO DE ZOONOSES MUNICIPAL. </t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA ADQUIRIDO APARELHO PARA REALIZAÇÃO DE EXAMES DE ULTRASSONOGRAFIA E AINDA APARELHO PARA REALIZAÇÃO DE ELETROCARDIOGRAMA PARA DISPONIBILIZAÇÃO À POPULAÇÃO NA SECRETARIA MUNICIPAL DE SAÚDE.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE ENVIE A ESTA CASA UM PROJETO DE LEI COM A ATUALIZAÇÃO DO CÓDIGO TRIBUTÁRIO MUNICIPAL, POR ESTE SE ENCONTRAR ATUALMENTE COM OS VALORES DAS TAXAS DESATUALIZADOS.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA REALIZADA A PAVIMENTAÇÃO POLIÉDRICA DA RUA RICARDO FRANCISCO DE AMORIM, LOCALIZADA NA VILA DA PAZ. </t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA REALIZADA A RECUPERAÇÃO DA ESTRADA VICINAL QUE LIGA A LOCALIDADE CARRASPANHA AO RIACHO TAQUARI, NA DIVISA COM O MUNICÍPIO DE BARRAS. </t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE A CONSTRUÇÃO DE 5 (CINCO) REDUTORES DE VELOCIDADE DO TIPO QUEBRA-MOLAS NO POVOADO SÍTIO DO ALEGRE, MESMO NAS RUAS QUE NÃO POSSUEM CALÇAMENTO.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE A RECUPERAÇÃO DA VIA PÚBLICA (RUA PROJETADA 58) QUE TEM INÍCIO NA BR 222 E TÉRMINO NA AVENIDA BERNARDO BEZERRA PASSANDO PELO LUGAR ALTO BONITO, NESTA CIDADE.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXCELENTÍSSIMA SENHORA PREFEITA, SOLICITANDO QUE DETERMINE À REPARTIÇÃO COMPETENTE DE SUA ADMINISTRAÇÃO A RECUPERAÇÃO DA ESTRADA VICINAL QUE INTERLIGA A SEDE DESTE MUNICÍPIO À LOCALIDADE BARRO, PASSANDO PELAS LOCALIDADES: FURNA DA ONÇA, GAMELEIRA, JUNCO E OUTRAS. </t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ E AO EXMO. SENHOR PRESIDENTE DA FUNDESPI, A IMPLANTAÇÃO DE ILUMINAÇÃO, MURETA COM ALAMBRADO, ARQUIBANCADAS E VESTIÁRIOS NO CAMPO DE FUTEBOL DA COMUNIDADE LAGOA SECA, NO MUNICÍPIO DE ESPERANTINA</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ, AO EXMO. SENHOR SECRETÁRIO DE GOVERNO E AO EXMO. SENHOR SECRETÁRIO DE DESENVOLVIMENTO RURAL, A IMPLANTAÇÃO DE 11.500M² DE CALÇAMENTO PARA A COMUNIDADE LAGOA SECA, NO MUNICÍPIO DE ESPERANTINA.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE ENVIDE ESFORÇOS E ENCAMINHE À SECRETARIA DE INFRAESTRUTURA O PEDIDO PARA COLOCAÇÃO DE LUMINÁRIAS E REPOSIÇÃO DE LÂMPADAS EM RUAS DA COMUNIDADE LAGOA SECA, NO MUNICÍPIO DE ESPERANTINA.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SENHOR GOVERNADOR DO ESTADO DO PIAUÍ E AO EXMO. SENHOR SECRETÁRIO DE SEGURANÇA PÚBLICA A REATIVAÇÃO DO POSTO DE POLICIAMENTO OSTENSIVO DA COMUNIDADE LAGOA SECA. </t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE ENVIDE ESFORÇOS E ENCAMINHE À SECRETARIA DE INFRAESTRUTURA O PEDIDO PARA REFORMA DA PRAÇA CENTRAL DA COMUNIDADE LAGOA SECA, NO MUNICÍPIO DE ESPERANTINA</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO A RECUPERAÇÃO DE ESTRADA VICINAL, INICIANDO NA LOCALIDADE VASSOURAS, PASSANDO POR VILA PALMEIRA, JACARÉ DA VERMELHA ATÉ O ASSENTAMENTO PILÕES.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA RECONSTRUÍDA A BASE DA CAIXA D&amp;#8217;ÁGUA DA LOCALIDADE PALMEIRA.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA CONSTRUÍDO REDUTOR DE VELOCIDADE TIPO QUEBRA-MOLAS NA RUA HORTÊNCIO ALVES DE SOUSA, NO BAIRRO BATISTA DE AMORIM. </t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA DISPONIBILIZADA A PAVIMENTAÇÃO COM ASFALTO OU CALÇAMENTO PARA A RUA MANOEL BOTELHO, NO BAIRRO BATISTA DE AMORIM.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA VIABILIZADA MELHORIA NO SISTEMA DE ABASTECIMENTO DE ÁGUA DA LOCALIDADE ALEGRE.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA VIABILIZADA A REFORMA DA PONTE DO RIACHO FUNDO NA LOCALIDADE PEREIRAS, PRÓXIMO AOS TINGUIS.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA RECONSTRUÍDO O MURO DO CEMITÉRIO SÃO JOÃO BATISTA, NO CENTRO DA CIDADE.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA VIABILIZADA A INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NOS CEMITÉRIOS DA ZONA URBANA QUE AINDA NÃO DISPÕEM E NOS CEMITÉRIOS DA ZONA RURAL. </t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA VIABILIZADA A RECUPERAÇÃO DAS ESTRADAS DE CAPIM GROSSO À LOCALIDADE PORCOS, CAPÕES, TINGUIS, TABULEIRINHO A MALHADA DO MEIO.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A MELHORIA DE TODAS AS RUAS DO POVOADO SÍTIO DO ALEGRE, POR MEIO DE EMPIÇARRAMENTO. </t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A SINALIZAÇÃO DAS RUAS POR MEIO DE PLACAS COM SEUS RESPECTIVOS NOMES.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. DEPUTADO ESTADUAL E PRESIDENTE DA ASSEMBLÉIA LEGISLATIVA DO ESTADO DO PIAUÍ, QUE ENVIDE ESFORÇOS JUNTAMENTE À SECRETARIA ESTADUAL DE TRANSPORTES NO SENTIDO DE IMPLANTAR SISTEMA DE ILUMINAÇÃO PÚBLICA NO PROLONGAMENTO DA AVENIDA MINISTRO PETRÔNIO PORTELA, NO TRECHO QUE INICIA NA RUA EUCLIDES FERREIRA FENELON, ESTENDENDO-SE ATÉ O ANTIGO HOTEL RIMO DE ESPERANTINA.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO GERENTE REGIONAL DA ELETROBRÁS DE ESPERANTINA, QUE PROVIDENCIE A INSTALAÇÃO DE POSTE COM ILUMINAÇÃO NA RUA DOMINGOS MOREIRA, PRÓXIMO À PRACINHA DO BAIRRO NOVA ESPERANÇA</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA AMPLIADA A REDE DE ILUMINAÇÃO PÚBLICA EXISTENTE NA PRAÇA DO BAIRRO NOVA ESPERANÇA</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA REALIZADA A ABERTURA DE UMA RUA ENTRE A RESIDÊNCIA DO SR. VENCESLAU E A PALHOÇA DA LOCALIDADE JACARÉ DA VERMELHA.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA REALIZADA A RECUPERAÇÃO DA ILUMINAÇÃO PÚBLICA DA LOCALIDADE BARRO, COM A INSTALAÇÃO DOS BRAÇOS PARA POSTES COM AS RESPECTIVAS LÂMPADAS.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA REALIZADA A RECUPERAÇÃO DA ILUMINAÇÃO PÚBLICA DOS BAIRROS NOVO MILÊNIO E NOVO HORIZONTE. </t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA REALIZADA A PAVIMENTAÇÃO EM PARALELEPÍPEDO OU ASFALTO DAS RUAS DO BAIRRO CRISTO REDENTOR, NESTA CIDADE.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA CONSTRUÍDO 1 (UM) REDUTOR DE VELOCIDADES, TIPO QUEBRA-MOLAS EM FRENTE À RESIDÊNCIA DO SR. VALDIR PINHEIRO, NA RUA JERÔNIMO DO MONTE FURTADO.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA PROVIDENCIADO O CONSERTO DA ESTRADA DO CEMITÉRIO DO CIGANINHO ATÉ A LOCALIDADE TUCUNS.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. PRESIDENTE DA ASSEMBLÉIA LEGISLATIVA DO ESTADO DO PIAUÍ, QUE JUNTAMENTE AO GOVERNADOR DO ESTADO DO PIAUÍ, VIABILIZEM RECURSOS FINANCEIROS PARA FIM ESPECIFICO DE DUPLICAÇÃO DA PI 211, COM CICLOVIAS, NO TRECHO QUE INICIA NO TÉRMINO DA AVENIDA JOSÉ SÁTIRO DE MENDONÇA ATÉ O QUEBRA-MOLAS APÓS O MATADOURO MUNICIPAL.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇAMENTO EM PARALELEPÍPEDOS NAS RUAS PROJETADAS I E II, NO POVOADO SÍTIO DO ALEGRE, NESTE MUNICÍPIO. </t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA PROVIDENCIADA A REFORMA POR EMPIÇARRAMENTO DA ESTRADA QUE INICIA NO BAIRRO MÃO SANTA, PASSANDO POR CURRALINHOS, BOMFIM, TABOCA E FINALIZA NA LOCALIDADE VÁRZEA.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA CONSTRUÍDO CALÇAMENTO NAS RUAS VALDIVINO PIRES E MANOEL FRANCISCO DE AMORIM, NO BAIRRO BATISTA DE AMORIM.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJA CONSTRUÍDO O MURO DO CEMITÉRIO DA CARRASPANHA. </t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO ILMO. SR. DIRETOR GERAL DOS CORREIOS NO PIAUÍ, QUE AUTORIZE AOS CARTEIROS DA AGÊNCIA LOCAL DOS CORREIOS A PROCEDEREM COM AS ENTREGAS DE CORRESPONDÊNCIAS E ENCOMENDAS NOS LOCAIS ABAIXO DISCRIMINADOS: I - RESIDENCIAL ALECRIM; II - BAIRRO NOVO HORIZONTE; E III - RESIDENCIAL BERNARDO REGO DE AGUIAR. </t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À GESTORA DO MUNICÍPIO DE ESPERANTINA, QUE PROVIDENCIE COM A URGÊNCIA QUE O CASO REQUER, SEJA COMUNICADA A EMPRESA RESPONSÁVEL PELA COLETA DE LIXO NESTE MUNICÍPIO PARA QUE EXECUTE AS SEGUINTES MEDIDAS:_x000D_
 &amp;#8226;  REGULARIZAÇÃO DE DIAS E HORÁRIOS PARA A COLETA DE LIXO DOMICILIAR EM TODOS OS BAIRROS DE ESPERANTINA;_x000D_
 &amp;#8226;  ADOÇÃO DE SISTEMA DE SONORIZAÇÃO (ÁUDIO OU SIRENE) PARA ANUNCIAR AOS MORADORES A PASSAGEM DO VEÍCULO DE COLETA DE LIXO._x000D_
 </t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADO O CONSERTO DA CERCA DO LIXÃO.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE REDUTOR DE VELOCIDADES DO TIPO QUEBRA-MOLAS NA RUA DA INDEPENDÊNCIA. </t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA O CONSERTO DA ESTRADA QUE DÁ ACESSO À LOCALIDADE CAPITÃO DE CAMPOS, INICIANDO NA LOCALIDADE CAPOTE, PASSANDO PELA TABOQUINHA SE ESTENDENDO ATÉ O BEIRUTE E SAPUCAIA. </t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE ENVIDE ESFORÇOS E ENCAMINHE À SECRETARIA DE INFRAESTRUTURA O PEDIDO PARA A ABERTURA DE RUAS NA COMUNIDADE GUABIRABAS, ZONA URBANA DA CIDADE, NA REGIÃO DO &amp;#8220;GRANDE SANTA LUZIA&amp;#8221;, NO MUNICÍPIO DE ESPERANTINA. </t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SENHORA PREFEITA MUNICIPAL DE ESPERANTINA, QUE ENVIDE ESFORÇOS E ENCAMINHE À SECRETARIA DE INFRAESTRUTURA E/OU A OUTROS ÓRGÃOS PEDIDO PARA A IMPLANTAÇÃO DE REDE DE ENERGIA E POR CONSEGUINTE A ILUMINAÇÃO PÚBLICA NA COMUNIDADE GUABIRABAS, ZONA URBANA DA CIDADE, NA REGIÃO DO &amp;#8220;GRANDE SANTA LUZIA&amp;#8221;, NO MUNICÍPIO DE ESPERANTINA.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO, SEJAM CONFECCIONADAS AS MEDALHAS E OUTROS ITENS QUE COMPÕEM O KIT DA HONRARIA &amp;#8220;COMENDA LEONARDO DAS DORES&amp;#8221;.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO OS SEGUINTES BENEFÍCIOS:_x000D_
 I. ASFALTO NA RUA PROF. JOÃO PAULO, COM INÍCIO NA RUA LEONARDO DAS DORES, SE ESTENDENDO ATÉ O CRUZAMENTO COM A RUA OTÁVIO MENDES;_x000D_
 II. DESOBSTRUÇÃO E ASFALTAMENTO DA RUA 13 DE JUNHO, NO TRECHO COMPREENDIDO ENTRE A AS RUAS DOMINGOS MOREIRA E JOSÉ GOMES DA COSTA.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJAM PAVIMENTADAS COM ASFALTO AS RUAS JOSÉ COELHO PIRES E FRANCISCO DE A. SOUSA, AMBAS NO BAIRRO BATISTA DE AMORIM.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA FEITA A REFORMA DA BASE DA CAIXA D&amp;#8217;ÁGUA DA COMUNIDADE VILA DA PAZ, NO BAIRRO BATISTA DE AMORIM. </t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA FEITA A RECUPERAÇÃO DO CALÇAMENTO DA RUA PROF. JOÃO PAULO, BEM PRÓXIMO AO PRÉDIO DA CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, OUVIDO O PLENÁRIO, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA CONSTRUÍDO CALÇAMENTO NA RUA ONDE RESIDE O SR. BERNARDO VITALINO, NO CONJUNTO MÃO SANTA.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA REVISADO E MELHORADO O SISTEMA DE FORNECIMENTO DE ÁGUA NOS BAIRROS NOVO MILÊNIO E NOVO HORIZONTE.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA CONSTRUÍDA UMA PRAÇA NA ROTATÓRIA EM FRENTE À COMUNIDADE KOLPING. </t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO A CONSTRUÇÃO DE CALÇAMENTO NAS RUAS EM TORNO DA COMUNIDADE KOLPING.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. SECRETÁRIA MUNICIPAL DA SAÚDE DE ESPERANTINA, QUE INFORME A ESTA CASA LEGISLATIVA, COM O PRAZO MÁXIMO DE 3 (TRÊS) DIAS DE ANTECEDÊNCIA, SOBRE A CHEGADA DE MEDICAMENTOS PARA DISTRIBUIÇÃO NOS POSTOS DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. COORDENADOR DO PROGRAMA LUZ PARA TODOS NO ESTADO DO PIAUÍ, QUE PROVIDENCIE A INSTALAÇÃO DE REDE ELÉTRICA LIGANDO A LOCALIDADE ALTO VERMELHO, NO MUNICÍPIO DE BATALHA-PI A AROEIRAL (TINGUIS) NO MUNICÍPIO DE ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA REALIZADA A RECUPERAÇÃO DA ESTRADA VICINAL ENTRE AS LOCALIDADES ANGELIM E CAPOTE. </t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">À EXMA. SRA. PREFEITA MUNICIPAL DE ESPERANTINA, QUE PROVIDENCIE JUNTAMENTE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA REALIZADA A RECUPERAÇÃO DE UMA PONTE NO POVOADO ANGELIM, DEPOIS DO BEBEDOURO (PRÓXIMO A LOCALIDADE MOCÓS). </t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AO EXMO. SR. DIRETOR-PRESIDENTE DA ELETROBRÁS DISTRIBUIÇÃO PIAUÍ, UE PROVIDENCIE A INSTALAÇÃO DE REDE ELÉTRICA LIGANDO A LOCALIDADE ALTO VERMELHO, NO MUNICÍPIO DE BATALHA-PI A AROEIRAL (TINGUIS) NO MUNICÍPIO DE ESPERANTINA-PI. </t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A ILUMINAÇÃO PÚBLICA DO CEMITÉRIO DA LOCALIDADE MALHADA DO MEIO, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJAM PROVIDENCIADAS MELHORIAS NO CHAFARIZ DO BAIRRO MORRO DA CHAPADINHA.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO EXMO. SR. SECRETÁRIO ESTADUAL DA SEGURANÇA PÚBLICA, QUE JUNTO AO GOVERNADOR DESTE ESTADO ENVIDEM ESFORÇOS NO SENTIDO DE PROVIDENCIAR O ENVIO DE 2 (DUAS) VIATURAS PARA A 4ª CIA. DE POLÍCIA MILITAR DE ESPERANTINA.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A CONSTRUÇÃO DE CALÇADA E ADEQUAÇÃO DO MEIO-FIO PARA ESCOAMENTO DAS ÁGUAS E ESGOTOS NA RUA JOSÉ SALES DIAS, EM ESPECIAL AO LONGO DO MURO DO CEMITÉRIO SÃO JOÃO BATISTA.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>DENIVAL MOTOS, ALCIONE CARVALHO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA ACADEMIA DA SAÚDE NO CONJUNTO PALESTINA, NO ESPAÇO LOCALIZADO ENTRE AS QUADRAS 5 E 6.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO SECRETÁRIO DE ESTADO DA SAÚDE, QUE ENVIDE ESFORÇOS NO SENTIDO DE GARANTIR QUE OS PACIENTES DE ESPERANTINA-PI SEJAM REGULADOS (TRANSFERIDOS) SOMENTE PARA A CAPITAL TERESINA-PI.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf</t>
   </si>
   <si>
     <t>À EXMA. SRA. PREFEITA MUNICIPAL, QUE DETERMINE AO SETOR COMPETENTE DE SUA ADMINISTRAÇÃO SEJA PROVIDENCIADA A RECUPERAÇÃO DO CALÇAMENTO DA RUA ABIGAIL ARAÚJO COM A RUA PROJETADA 60, ESTENDENDO-SE ATÉ O CEMITÉRIO DA CARRASPANHA.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
     <t>MANOEL FILHO, MARCILIO FARIAS, ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf</t>
   </si>
   <si>
     <t>ENDOSSA A POSIÇÃO ADOTADA PELOS TRABALHADORES RURAIS DESTE MUNICÍPIO EM DEFESA DA PREVIDÊNCIA SOCIAL RURAL E FAVORÁVEL À MANUTENÇÃO DAS ATUAIS REGRAS DE ACESSO AOS BENEFÍCIOS PREVIDENCIÁRIOS.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf</t>
   </si>
   <si>
     <t>À JOVEM ESPERANTINENSE SRTA. MARIA DO SOCORRO ARAÚJO, EM VIRTUDE DE SER BASTANTE JOVEM, JÁ TER PUBLICADO DOIS (2) LIVROS QUE TIVERAM TIRAGEM SIGNIFICATIVA E GRANDE ACEITAÇÃO NO MEIO DO PÚBLICO LEITOR, SE TORNANDO REFERÊNCIA AOS NOSSOS ESTUDANTES SOBRE A DEDICAÇÃO AOS ESTUDOS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS EM VIRTUDE DO EMPENHO PESSOAL DO DEPUTADO PELA CONSTRUÇÃO DA BR 222, DESDE O MUNICÍPIO DE PIRIPIRI ATÉ O MUNICÍPIO DE MATIAS OLÍMPIO, OBRA IMPORTANTE PARA O PIAUÍ, PARA O NORDESTE E PARA O BRASIL.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf</t>
   </si>
   <si>
     <t>AO PROFESSOR DOUTOR RAIMUNDO PEREIRA DA SILVA NETO, EM VIRTUDE DO SEU DESTACADO DESEMPENHO NA MEDICINA, NOTADAMENTE EM SUA ÁREA DE ATUAÇÃO, A NEUROLOGIA E TAMBÉM NO CAMPO DAS PESQUISAS ESPECIALIZADAS EM NEUROLOGIA E NA PRÁTICA DO ENSINO SUPERIOR, FATOS QUE MUITO ORGULHAM E MOTIVAM A TODOS OS ESPERANTINENSES.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS A SER ENCAMINHADA AO SR. JOÃO FILHO, TITULAR DO SITE PORTALESP, QUE EM 24 DE AGOSTO COMPLETOU 12 ANOS DE EXISTÊNCIA E NÃO PODERÍAMOS, DE FORMA ALGUMA, DEIXAR DE REGISTRAR ESTA DATA, POIS SÃO 12 ANOS DE COMPROMISSO NÃO SÓ PELO NOSSO MUNICÍPIO, COMO TAMBÉM PELA REGIÃO NORTE DO ESTADO.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>PTCE</t>
   </si>
   <si>
     <t>PARECER TRIBUNAL DE CONTAS DO ESTADO</t>
   </si>
   <si>
     <t>TRIBUNAL DE CONTAS DO ESTADO DO PIAUÍ - TCE-PI</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf</t>
   </si>
   <si>
     <t>TRATAM OS AUTOS DE RECURSO DE RECONSIDERAÇÃO PROTOCOLADO NESTA CORTE DE CONTAS POR MEMBRO DO MINISTÉRIO PÚBLICO DE CONTAS DO ESTADO DO PIAUÍ, EM FACE DO PARECER PRÉVIO Nº 264/2016, QUE APROVOU COM RESSALVAS AS CONTAS DE GOVERNO DO SR. LOURIVAL BEZERRA FREITAS &amp;#8211; PREFEITO MUNICIPAL DE ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ESPERANTINENSE AO SR. DAVYD TELES BASÍLIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ESPERANTINENSE AO SR. FRANCISCO EVANDO DE BRITO SOUSA.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ESPERANTINENSE AO SR. JOÃO PORTELA TEIXEIRA.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ESPERANTINENSE AO SR. FRANCISCO DAS CHAGAS LIMMA.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf</t>
   </si>
   <si>
     <t>ATRIBUI TÍTULO HONORÍFICO DE CIDADÃO ESPERANTINENSE AO SR. CARLOS ANTÔNIO GOMES DE ASSIS.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A MEDALHA DO MÉRITO LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
     <t>PREFEITURA MUNICIPAL DE ESPERANTINA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DE DISPOSITIVO DA LEI COMPLEMENTAR DA REFORMA ADMINISTRATIVA DO MUNICÍPIO DE ESPERANTINA - PI (LEI COMPLEMENTAR Nº 1.244/2013, DE 27 DE DEZEMBRO DE 2013) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DOAÇÃO DE IMÓVEL NA ZONA URBANA, PARA SEDIAR O FÓRUM DESEMBARGADOR WALTER MIRANDA DA COMARCA DE ESPERANTINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CRIAÇÃO DO CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA NO MUNICÍPIO DE ESPERANTINA - PIAUI O PISO SALARIAL PROFISSIONAL NACIONAL DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O ART. 166 DA LEI ORGÂNICA DO MUNICÍPIO, REVOGA A LEI Nº 869/1993 E A LEI Nº 1.071/2007, REESTRUTURA O CONSELHO MUNICIPAL DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI UM MONUMENTO À BÍBLIA SAGRADA NA PRAÇA EM FRENTE AO CEMITÉRIO SÃO JOÃO BATISTA EM ESPERANTINA PIAUÍ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTABELECE O DIA DO EVANGÉLICO, NO MUNICÍPIO DE ESPERANTINA - PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL DE ESPERANTINA &amp;#8211; PI RESPONDER E/OU JUSTIFICAR AS PROPOSIÇÕES QUE SÃO ENCAMINHADAS PELO PODER LEGISLATIVO MUNICIPAL. </t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE ESPERANTINA-PI O PRÊMIO DE QUALIDADE E INOVAÇÃO - PMAQ/AB, COM BASE NOS CRITÉRIOS DO PROGRAMA NACIONAL DE MELHORIA DO ACESSO E DA QUALIDADE DA ATENÇÃO BÁSICA (PMAQ-AB), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A ABRIR CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO VIGENTE, NO VALOR DE R$ 100.000,00 (CEM MIL REAIS), E A CRIAR UM PROGRAMA DE TRABALHO PARA VIABILIZAR A EXECUÇÃO PARA O FIM A QUE SE DESTINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REPARCELAMENTO E PARCELAMENTO DE DÉBITOS DO MUNICÍPIO DE ESPERANTINA COM SEU REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL - RPPS.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 1º DA LEI Nº 1082/2009 QUE DENOMINA O PROGRAMA DE SAÚDE DA FAMÍLIA &amp;#8211; PSF DO BAIRRO NOVA ESPERANÇA.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf</t>
   </si>
   <si>
     <t>NOMEIA DE ESPAÇO DE SAÚDE FRANCISCO DAS CHAGAS DE CASTRO SILVA &amp;#8220;CHICO KENA&amp;#8221;, A ÁREA DA ACADEMIA DE SAÚDE LOCALIZADA NA PRAÇA JOÃO BATISTA DE OLIVEIRA, NESTA CIDADE.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">NOMEIA DE VÓ ALZIRA A CRECHE SITUADA NO BAIRRO BATISTA DE AMORIM NO MUNICÍPIO DE ESPERANTINA, PIAUÍ. </t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf</t>
   </si>
   <si>
     <t>DEFINE OBRIGAÇÃO DE PEQUENO VALOR NO ÂMBITO DO MUNICÍPIO DE ESPERANTINA (PI).</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRESERVAÇÃO DAS PALMEIRAS DE BABAÇU NO MUNICÍPIO DE ESPERANTINA, ESTADO DO PIAUÍ, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O HORÁRIO DE CARGA E DESCARGA DE PRODUTOS, MERCADORIAS E MATERIAIS NO PERÍMETRO URBANO DE ESPERANTINA-PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE ESPERANTINA PARA O EXERCÍCIO FINANCEIRO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS AO CÓDIGO TRIBUTÁRIO DO MUNICÍPIO DE ESPERANTINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO E ATUALIZAÇÃO DAS TABELAS DOS ANEXOS III,IV, V, VI, VII, VIII E IX DO CÓDIGO TRIBUTÁRIO MUNICIPAL (LEI NO 1.104/09, DE 28 DE DEZEMBRO DE 2009), NO QUE CONCERNE AO Nº DE UFM (UNIDADE FISCAL DO MUNICÍPIO) UTILIZADOS PARA COBRANÇA DE TAXAS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PLANO DE EQUACIONAMENTO DO DÉFICIT ATUARIAL DO PLANO PREVIDENCIÁRIO DO REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DOS SERVIDORES PÚBLICOS MUNICIPAIS DE ESPERANTINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL - PPA DO MUNICÍPIO DE ESPERANTINA, ESTADO DO PIAUÍ, PARA O QUADRIÊNIO 2018 A 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO CORTE DE ENERGIA ELÉTRICA E ÁGUA NO ÂMBITO DO MUNICÍPIO DE ESPERANTINA-PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>PLOD</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DUPLICIDADE</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL - LOA PARA O EXERCÍCIO FINANCEIRO DE 2018, PARA A ELABORAÇÃO DO PLANO PLURIANUAL DO PERÍODO DE 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf</t>
   </si>
   <si>
     <t>REAJUSTA O VALOR DOS VENCIMENTOS E GRATIFICAÇÕES DOS SERVIDORES DO PODER LEGISLATIVO DO MUNICÍPIO DE ESPERANTINA- PI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">CRIA NOVOS CARGOS NO QUADRO DE CARGOS EM COMISSÃO E FUNÇÕES GRATIFICADAS DA CÂMARA DE VEREADORES DE ESPERANTINA, ESTADO DO PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>COMISSÃO DE FINANÇAS</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DAS CONTAS DE GOVERNO DO MUNICÍPIO DE ESPERANTINA-PI, RELATIVAS AO EXERCÍCIO DE 2013. DELIBERA SOBRE O PARECER EMITIDO PELO TCE-PI, OBJETO DO PROCESSO Nº 001192/2017.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA ADITIVA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO I E ALÍNEA &amp;#8216;A&amp;#8217; AO PARÁGRAFO ÚNICO DO ART. 1º DO PROJETO DE LEI Nº 01/2017 QUE DISPÕE SOBRE A DOAÇÃO DE IMÓVEL NA ZONA URBANA PARA SEDIAR O FÓRUM DESEMBARGADOR WALTER MIRANDA NA COMARCA DE ESPERANTINA, PIAUÍ E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>MANOEL FILHO, ALCIONE CARVALHO, BEBÉ VITÓRIA, CASTRO, DELEGADO MAURO, DENIVAL MOTOS, DOMINGOS LUIZ, INÊS MONÇÃO, LUIZ DIONÍZIO, PROF. JÚNIOR RODRIGUES, PROF. LEÔNIDAS, TOTE FILHO, ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O INCISO V AO ART. 2º DO PROJETO DE LEI Nº 02/2017 QUE INSTITUI O CONSELHO MUNICIPAL DE SANEAMENTO BÁSICO DO MUNICÍPIO DE ESPERANTINA, PIAUÍ.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA O § 3º AO ART. 1º, DO PROJETO DE LEI Nº 08/2017, QUE DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL DE ESPERANTINA &amp;#8211; PI, RESPONDER AS PROPOSIÇÕES QUE SÃO ENCAMINHADAS PELO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA À LEI ORGÂNICA</t>
   </si>
   <si>
     <t>COMISSÃO ESPECIAL</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>PERIN</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA AO REGIMENTO INTERNO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ESPERANTINA-PI.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>PEMOD</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA MODIFICATIVA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA A REDAÇÃO NA EMENTA, NO ART. 1º, § 1º E § 2º DO PROJETO DE LEI Nº 08/2017, QUE DISPÕE SOBRE A OBRIGATORIEDADE DO PODER EXECUTIVO MUNICIPAL DE ESPERANTINA &amp;#8211; PI, RESPONDER E/OU JUSTIFICAR AS PROPOSIÇÕES QUE SÃO ENCAMINHADAS PELO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>MODIFICA DISPOSIÇÃO RELATIVA AO INCISO V DO ARTIGO 12, DO PROJETO DE LEI DE AUTORIA DO EXECUTIVO MUNICIPAL Nº 09, DE 28 DE ABRIL DE 2017, QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL &amp;#8211; LOA, PARA O EXERCÍCIO FINANCEIRO DE 2018, PARA REFORMULAÇÃO DO PLANO PLURIANUAL PARA O PERÍODO 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA OS VALORES DA UNIDADE FISCAL MUNICIPAL (UFM) CONSTANTES DOS ANEXO III, V, VI E VII AO PROJETO DE LEI Nº 20/2017 QUE DISPÕE SOBRE ALTERAÇÕES DAS TABELAS DE VALORES DA LEI Nº 1.104/2009, COMO ESPECIFICA.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>ZÉ CLÁUDIO, BEBÉ VITÓRIA, CASTRO, LUIZ DIONÍZIO, PROF. JÚNIOR RODRIGUES, TOTE FILHO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf</t>
   </si>
   <si>
     <t>MODIFICA O ITEM II DO ART. 22 DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE ESPERANTINA, PIAUÍ.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>PES</t>
   </si>
   <si>
     <t>PROPOSTA DE EMENDA SUPRESSIVA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf</t>
   </si>
   <si>
     <t>SUPRIME DISPOSIÇÃO RELATIVA AO ARTIGO 28, CAPUT, DO PROJETO DE LEI DE AUTORIA DO EXECUTIVO MUNICIPAL Nº 09, DE 28 DE ABRIL DE 2017, QUE DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA ANUAL &amp;#8211; LOA, PARA O EXERCÍCIO FINANCEIRO DE 2018, PARA REFORMULAÇÃO DO PLANO PLURIANUAL PARA O PERÍODO 2018 A 2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER DA PREFEITURA QUE ENVIE A ESTA CASA INFORMAÇÕES EM RELAÇÃO AO QUANTITATIVO E A LOTAÇÃO DE CADA VEÍCULO PRÓPRIO  E OS ALUGADOS EM USO PELO PODER EXECUTIVO MUNICIPAL E SUAS SECRETARIAS.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE APÓS A TRAMITAÇÃO LEGAL DO PRESENTE, SEJA OFICIADO O EXMO. SR. SUPERINTENDENTE DA CAIXA ECONÔMICA FEDERAL - CEF, SOLICITANDO QUE ENVIE A ESTA CASA INFORMAÇÕES SOBRE O PORQUÊ DE AGÊNCIAS, COMO NO CASO A DE ESPERANTINA, NÃO NEGOCIAREM EMPRÉSTIMOS CONSIGNADOS AO LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE APÓS A TRAMITAÇÃO LEGAL DO PRESENTE SEJA CONSTITUÍDA UMA COMISSÃO ESPECIAL PARA ELABORAÇÃO DE PLANO EMERGENCIAL DE RECUPERAÇÃO DE ESTRADAS, VIAS PÚBLICAS E LIMPEZA PÚBLICA E DO MESMO MODO ENCAMINHE SOLICITAÇÃO A EXMA. PREFEITA MUNICIPAL A INDICAÇÃO DE REPRESENTANTES DO PODER EXECUTIVO PARA COMPOR A REFERIDA COMISSÃO.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE APÓS A TRAMITAÇÃO LEGAL DO PRESENTE SEJA CONSTITUÍDA UMA COMISSÃO ESPECIAL PARA REFORMULAÇÃO DO REGIMENTO INTERNO DESSA CASA.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE APÓS A TRAMITAÇÃO LEGAL DO PRESENTE SEJA CONSTITUÍDA UMA COMISSÃO ESPECIAL PARA REFORMULAÇÃO DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER QUE APÓS A TRAMITAÇÃO LEGAL DO PRESENTE SEJA CONSTITUÍDA UMA COMISSÃO ESPECIAL PARA ACOMPANHAR AS QUESTÕES QUE ENVOLVEM AS OBRAS E INTERVENÇÕES DE REFORMA NO PRÉDIO DA IGREJA MATRIZ DE NOSSA SENHORA DA BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A REALIZAÇÃO DE UMA AUDIÊNCIA PÚBLICA NO AUDITÓRIO DESTA CASA COM DATA A SER DEFINIDA, PARA TRATAR SOBRE O TEMA REFORMA DO PRÉDIO DA IGREJA DE NOSSA SENHORA DA BOA ESPERANÇA.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA À PREFEITURA MUNICIPAL QUE ENVIE A ESTA CASA RELATÓRIO CIRCUNSTANCIADO COM AS SEGUINTES INFORMAÇÕES:  _x000D_
 A) A RELAÇÃO NOMINAL DE TODOS OS MEDICAMENTOS ADQUIRIDOS PELA SECRETARIA DE SAÚDE DE ESPERANTINA NO PERÍODO DE 01/01/2017 ATÉ 31/05/2017, COM AS RESPECTIVAS QUANTIDADES, ASSIM COMO O VALOR PAGO POR UNIDADE. _x000D_
 B) A DESTINAÇÃO DOS MEDICAMENTOS ACIMA CITADOS, DETALHANDO NOMINALMENTE O CONTEÚDO ENVIADO PARA CADA UNIDADE DE SAÚDE DO MUNICÍPIO. _x000D_
 C) A RELAÇÃO POR PESSOA DOS MUNÍCIPES QUE RECEBERAM MEDICAMENTOS NAS UNIDADES DE SAÚDE DE ESPERANTINA, NOTADAMENTE NOS CHAMADOS &amp;#8220;POSTINHOS&amp;#8221;, COM A REFERÊNCIA DO PRODUTO RECEBIDO.  _x000D_
 D) CRONOGRAMA DAS EQUIPES ESF DE TODAS AS UBS DO MUNICÍPIO, ASSIM COMO O CRONOGRAMA DE ATIVIDADES PARA O MÊS SUBSEQUENTE._x000D_
 A RELAÇÃO SOLICITADA NO ITEM &amp;#8220;C&amp;#8221; PODE SER SUBSTITUÍDA POR CÓPIA DAS RETIRADAS DOS MEDICAMENTOS OU OUTRO TIPO DE CONTROLE DE SAÍDA DOS PRODUTOS (RECEITAS MÉDICAS), UTILIZADA NESTAS UNIDADES.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf</t>
   </si>
   <si>
     <t>SOLICITA INFORMAÇÕES AO TRIBUNAL DE CONTAS DO ESTADO SOBRE O ORÇAMENTO MUNICIPAL, EXERCÍCIO DE 2013.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>MARCILIO FARIAS, ALCIONE CARVALHO, BEBÉ VITÓRIA, CASTRO, DELEGADO MAURO, DENIVAL MOTOS, DOMINGOS LUIZ, LUIZ DIONÍZIO, MANOEL FILHO, PROF. JÚNIOR RODRIGUES, PROF. LEÔNIDAS, TOTE FILHO, ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUERER DO GOVERNADOR DO ESTADO INTERVENÇÕES NO SENTIDO DA IMEDIATA INTERDIÇÃO DA UNIDADE PRISIONAL PENITENCIÁRIA LUÍS GONZAGA REBELO, NO MUNICÍPIO DE ESPERANTINA, E QUE A MESMA POSSA SER REATIVADA APÓS A GARANTIA DE CONDIÇÕES DE FUNCIONAMENTO PARA O FIM QUE SE DESTINA, COMO SENDO DE SEGURANÇA MÁXIMA.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER A CONVOCAÇÃO DA EXMA. SRA. PREFEITA MUNICIPAL E DO RESPONSÁVEL LEGAL PELA EMPRESA DE COLETA DE LIXO NESTE MUNICÍPIO, PARA COMPARECER A ESTA CÂMARA NA TERCEIRA SESSÃO ORDINÁRIA DO MÊS DE NOVEMBRO, A SER ESPECIFICADA NO OFÍCIO DE CONVOCAÇÃO, PARA PRESTAR INFORMAÇÕES SOBRE OS ATRASOS NOS PAGAMENTOS DO PESSOAL DA LIMPEZA PÚBLICA. </t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER APROVAÇÃO PARA CONVOCAÇÃO DE AUDIÊNCIA PÚBLICA PARA DISCUTIR A PERMANÊNCIA DA UNIDADE PRISIONAL LUIZ GONZAGA REBELO E APONTAR PROPOSIÇÕES AO EXECUTIVO ESTADUAL PARA A IMPLANTAÇÃO DE OUTRO EQUIPAMENTO PÚBLICO. </t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>MANOEL FILHO, MARCILIO FARIAS</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER SEJAM OFICIADOS OS EXMOS. SRS. SUPERINTENDENTE REGIONAL DO DEPARTAMENTO NACIONAL DE INFRAESTRUTURA DE TRANSPORTES &amp;#8211; DNIT E O COMANDANTE DO 2º BATALHÃO DE ENGENHARIA DE CONSTRUÇÃO &amp;#8211; 2º BEC, SOLICITANDO QUE ENVIEM A ESTA CASA INFORMAÇÕES DETALHADAS SOBRE O ANDAMENTO DA CONSTRUÇÃO DA PONTE DE CONCRETO NA BR 222, ENTRE AS CIDADES DE ESPERANTINA E BATALHA. </t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER SEJA OFICIADO O ILMO. SR. GERENTE REGIONAL DO ESCRITÓRIO ELETROBRÁS EM ESPERANTINA, SOLICITANDO QUE ENVIE A ESTA CASA INFORMAÇÕES ACERCA DOS CRITÉRIOS ADOTADOS PELA EMPRESA PARA EFETUAR A COBRANÇA DA TAXA DE ILUMINAÇÃO PÚBLICA NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER A CONVOCAÇÃO DA SECRETÁRIA MUNICIPAL DA SAÚDE PARA PRESTAR INFORMAÇÕES SOBRE OS GRAVES PROBLEMAS DA SAÚDE PÚBLICA DO MUNICÍPIO, NOTADAMENTE NO QUE DIZ RESPEITO A FALTA DE MEDICAMENTOS NAS UNIDADES DE SAÚDE E TAMBÉM SOBRE O SERVIÇO DE TRANSPORTE DE PACIENTES QUE UTILIZAM OS SERVIÇOS DE SAÚDE DE TERESINA, NO QUE DIZ RESPEITO A MÉDIA E ALTA COMPLEXIDADE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3382,68 +3382,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/387/387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/388/388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/389/389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/390/390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/391/391_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/392/392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/393/393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/394/394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/395/395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/398/398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/400/400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/401/401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/402/402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/403/403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/404/404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/405/405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/406/406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/407/407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/408/408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/409/409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/410/410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/411/411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/415/415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/416/416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/417/417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/418/418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/419/419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/420/420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/421/421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/422/422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/423/423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/424/424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/425/425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/426/426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/427/427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/428/428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/429/429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/432/432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/433/433_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/434/434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/436/436_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/437/437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/438/438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/439/439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/440/440_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/441/441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/442/442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/443/443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/444/444_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/445/445_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/446/446_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/457/457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/458/458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/459/459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/460/460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/461/461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/462/462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/463/463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/464/464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/465/465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/466/466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/467/467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/468/468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/469/469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/470/470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/471/471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/472/472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/473/473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/447/447_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/448/448_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/449/449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/451/451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/452/452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/453/453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/454/454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/474/474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/475/475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/476/476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/477/477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/478/478_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/479/479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/480/480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/481/481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/482/482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/485/485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/486/486_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/488/488_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/489/489_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/490/490_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/491/491_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/492/492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/493/493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/494/494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/495/495_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/499/499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/500/500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/501/501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/502/502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/503/503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/504/504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/505/505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/506/506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/507/507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/508/508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/509/509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/510/510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/511/511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/512/512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/513/513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/514/514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/515/515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/516/516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/522/522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/523/523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/524/524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/527/527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/528/528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/529/529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/530/530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/531/531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/532/532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/533/533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/534/534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/535/535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/540/540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/541/541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/542/542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/546/546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/547/547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/548/548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/549/549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/550/550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/551/551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/552/552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/553/553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/554/554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/555/555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/556/556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/557/557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/558/558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/559/559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/560/560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/561/561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/562/562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/563/563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/564/564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/565/565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/569/569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/570/570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/571/571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/572/572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/573/573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/574/574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/575/575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/576/576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/581/581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/582/582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/583/583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/584/584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/585/585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/586/586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/587/587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/588/588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/589/589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/596/596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/597/597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/598/598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/601/601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/602/602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/606/606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/607/607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/610/610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/611/611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/612/612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/613/613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/614/614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/615/615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/620/620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/622/622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/624/624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/625/625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/629/629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/632/632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/634/634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/635/635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/435/435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/450/450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/539/539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/566/566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/590/590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/600/600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/577/577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/592/592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/593/593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/595/595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/599/599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/633/633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/537/537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/396/396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/397/397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/399/399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/431/431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/456/456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/483/483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/484/484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/487/487_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/526/526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/538/538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/567/567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/568/568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/578/578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/579/579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/580/580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/591/591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/594/594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/604/604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/605/605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/619/619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/626/626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/627/627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/628/628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/545/545_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/455/455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/496/496_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/623/623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/412/412_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/413/413_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/498/498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/637/637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/638/638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/497/497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/631/631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/636/636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/544/544_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/414/414_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/430/430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/517/517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/518/518_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/519/519_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/520/520_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/521/521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/525/525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/608/608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/609/609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/616/616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/617/617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/618/618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/621/621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/./sapl/public/materialegislativa/2017/630/630_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H252"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="194.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="95.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="94.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>