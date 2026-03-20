--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -54,180 +54,180 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>LUIZ DIONÍZIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1083/indic._no_9_-_mudanca_rua_meire_fernandes.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1083/indic._no_9_-_mudanca_rua_meire_fernandes.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal, que proceda juntamente à Coordenação Municipal de Trânsito com estudo de reavaliação de mudança no trânsito da rua profª. Meire Fernandes de Carvalho.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>DOMINGOS LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1068/indic._no_12_-_quebra-molas_r._sebastiao_a._machado.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1068/indic._no_12_-_quebra-molas_r._sebastiao_a._machado.pdf</t>
   </si>
   <si>
     <t>Ao Excelentíssimo Sr. Secretário Municipal de Infraestrutura, que providencie a análise de local para posterior instalação de 2 (dois) redutores de velocidade do tipo quebra-molas na rua Sebastião Alves Machado, no trecho asfaltado.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>ZÉ CLÁUDIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1107/indic._no_37_-_quebra_molas_rua_luzia_rodrigues_QbRxyGm.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1107/indic._no_37_-_quebra_molas_rua_luzia_rodrigues_QbRxyGm.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal de Esperantina - PI, que providencie juntamente ao setor competente de sua administração a instalação de redutor de velocidades, tipo quebra-molas, na Rua Luzia Rodrigues Fontinele, no bairro Morro da Chapadinha Sul.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1113/indic._no_39_-_roco_anel_viario.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1113/indic._no_39_-_roco_anel_viario.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal de Esperantina - PI, que juntamente ao setor competente de sua administração providenciem o roço das margens do anel viário da cidade, no trecho entre a rotatória da PI 214 até a rotatória da BR 222.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1123/indic._no_46_-_solicita_bafometros_ssp.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1123/indic._no_46_-_solicita_bafometros_ssp.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Secretário de Estado da Segurança Pública, que providencie a disponibilização de 5 (cinco) etilômetros (bafômetros) para uso da 4ª Companhia de Polícia Militar em Esperantina nas operações em barreiras e demais atividades policiais onde o mesmo seja necessário.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1134/indic._no_54_-_placas_informativas_cidade.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1134/indic._no_54_-_placas_informativas_cidade.pdf</t>
   </si>
   <si>
     <t>À Excelentíssima Senhora Prefeita Municipal de Esperantina - PI, que providencie a realização de estudo e planejamento junto ao setor competente para que se faça a colocação de placas informativas nas vias de entrada e saída da cidade, onde se possa ter conhecimento de qual via seguir, para se ter acesso a outros municípios.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>ZÉ GERMANO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1147/indic._no_61_-_quebra_molas_mundo_novo.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1147/indic._no_61_-_quebra_molas_mundo_novo.pdf</t>
   </si>
   <si>
     <t>Ao Ilmo. Sr. Secretário Municipal de Infraestrutura, que providencie a implantação de redutor de velocidades do tipo quebra-molas na localidade_x000D_
 Mundo Novo, 1 (um) em frente ao comércio do Sr. Daniel e outro em frente ao comércio do Sr. Genivaldo.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>PROF. JÚNIOR RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1149/indic._no_63_-_isolamento_parcial_de_pista_do_cais..pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1149/indic._no_63_-_isolamento_parcial_de_pista_do_cais..pdf</t>
   </si>
   <si>
     <t>Ao Ilmo. Sr. Secretário Municipal de Infraestrutura e Transportes, que providencie o isolamento de 1 (uma) via da Avenida Rio Longá (avenida do_x000D_
 cais) no horário entre as 16h e 19h, para a prática de caminhada e outras atividades físicas.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1154/indic._no_68_-_roco_rodoanel_e_pi.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1154/indic._no_68_-_roco_rodoanel_e_pi.pdf</t>
   </si>
   <si>
     <t>Ao Ilmo. Sr. Diretor Geral do Departamento de Estradas e Rodagem do Estado do Piauí – DER-PI, que envide esforços no sentido de providenciar o roço_x000D_
 do rodoanel de Esperantina e da PI 213, no trecho localizado no perímetro urbano da cidade.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1116/plo_no_9_-_altera_sentido_do_trafego_rua_prof._j._paulo.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1116/plo_no_9_-_altera_sentido_do_trafego_rua_prof._j._paulo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a mudança do sentido de circulação do tráfego de veículos na rua Professor João Paulo e rua Manoel José Pontes.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -534,67 +534,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1083/indic._no_9_-_mudanca_rua_meire_fernandes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1068/indic._no_12_-_quebra-molas_r._sebastiao_a._machado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1107/indic._no_37_-_quebra_molas_rua_luzia_rodrigues_QbRxyGm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1113/indic._no_39_-_roco_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1123/indic._no_46_-_solicita_bafometros_ssp.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1134/indic._no_54_-_placas_informativas_cidade.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1147/indic._no_61_-_quebra_molas_mundo_novo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1149/indic._no_63_-_isolamento_parcial_de_pista_do_cais..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1154/indic._no_68_-_roco_rodoanel_e_pi.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1116/plo_no_9_-_altera_sentido_do_trafego_rua_prof._j._paulo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1083/indic._no_9_-_mudanca_rua_meire_fernandes.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1068/indic._no_12_-_quebra-molas_r._sebastiao_a._machado.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1107/indic._no_37_-_quebra_molas_rua_luzia_rodrigues_QbRxyGm.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1113/indic._no_39_-_roco_anel_viario.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1123/indic._no_46_-_solicita_bafometros_ssp.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1134/indic._no_54_-_placas_informativas_cidade.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1147/indic._no_61_-_quebra_molas_mundo_novo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1149/indic._no_63_-_isolamento_parcial_de_pista_do_cais..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1154/indic._no_68_-_roco_rodoanel_e_pi.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2020/1116/plo_no_9_-_altera_sentido_do_trafego_rua_prof._j._paulo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="133.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="132.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>