--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -54,125 +54,125 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>DOMINGOS LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1190/indic._no_6_-_criacao_sec._munic._seguranca_publica.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1190/indic._no_6_-_criacao_sec._munic._seguranca_publica.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal, que juntamente à sua equipe, procedam com estudos para a criação da Secretaria Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>CASTRO, AIRTON VEÍCULOS, BEBÉ VITÓRIA, DELEGADO MAURO, DOMINGOS LUIZ, EPAMINONDAS ALBUQUERQUE, JOÃO DE DEUS, LUIZ DIONÍZIO, PROF. JÚNIOR RODRIGUES, ROBERTO DENIS, RUBERSON MARATAOAN, TERESINHA DA EMEL, ZÉ GERMANO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1234/indic._no_45_-_providencia_seg._pub..pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1234/indic._no_45_-_providencia_seg._pub..pdf</t>
   </si>
   <si>
     <t>Indicam aos Excelentíssimos Senhores Governador do Estado, Presidente da Assembléia Legislativa do Estado, Deputado Estadual Francisco Limma,_x000D_
 Secretário Estadual da Segurança Pública, que adotem medidas urgentes para melhoria dos serviços de segurança pública no município de Esperantina, que passa por período de crescente violência, tanto na zona urbana, quanto na zona rural.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>PROF. JÚNIOR RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1359/indic._no_151_-_criacao_guarda_municipal.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1359/indic._no_151_-_criacao_guarda_municipal.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal, que sejam realizados estudos de viabilidade para a criação da guarda municipal destinada à proteção de estabelecimentos, bens, serviços e instalações do município.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>REGINA VALE</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1388/indic._no_179_-_barreiras_policia_militar.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1388/indic._no_179_-_barreiras_policia_militar.pdf</t>
   </si>
   <si>
     <t>Ao Ilmo. Sr. Comandante da 4ª Cia de Polícia Militar em Esperantina, que envide esforços para a realização de barreiras policiais nos pontos de acesso das maiores regiões da zona rural de Esperantina.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1510/indic._no_259_-_doacao_veic._bombeiro.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1510/indic._no_259_-_doacao_veic._bombeiro.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal de Esperantina - PI, que providencie juntamente ao setor competente da Administração sejam procedidos estudos de_x000D_
 viabilidade para a doação à Associação dos Bombeiros Civis do Território dos Cocais – ABCTC, de uma viatura de resgate (AMBULÂNCIA), que se encontra em desuso no pátio da Secretaria Municipal de Saúde, para que a Associação possa assim, auxiliar nas ocorrências de atendimento em acidente de trânsito e outros.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>RUBERSON MARATAOAN</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1559/indic._no_289_-_setores_na_delegacia_-_ruberson.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1559/indic._no_289_-_setores_na_delegacia_-_ruberson.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Senhor Secretário de Estado da Segurança Pública, que seja providenciada a criação de setores na Delegacia Regional de Esperantina: um para_x000D_
 atendimento especializado para Idosos; e outro para Mulheres.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -480,67 +480,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1190/indic._no_6_-_criacao_sec._munic._seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1234/indic._no_45_-_providencia_seg._pub..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1359/indic._no_151_-_criacao_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1388/indic._no_179_-_barreiras_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1510/indic._no_259_-_doacao_veic._bombeiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1559/indic._no_289_-_setores_na_delegacia_-_ruberson.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1190/indic._no_6_-_criacao_sec._munic._seguranca_publica.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1234/indic._no_45_-_providencia_seg._pub..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1359/indic._no_151_-_criacao_guarda_municipal.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1388/indic._no_179_-_barreiras_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1510/indic._no_259_-_doacao_veic._bombeiro.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2021/1559/indic._no_289_-_setores_na_delegacia_-_ruberson.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="220" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="125.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>