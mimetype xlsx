--- v0 (2026-02-03)
+++ v1 (2026-03-21)
@@ -54,124 +54,124 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>INDICAÇÃO</t>
   </si>
   <si>
     <t>EPAMINONDAS ALBUQUERQUE</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1995/indic._no_007_-_local_para_grau_-_wheeling.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1995/indic._no_007_-_local_para_grau_-_wheeling.pdf</t>
   </si>
   <si>
     <t>Indico à Exma. Sra. Prefeita de Esperantina, Ivanária Sampaio, que viabilize a construção de um local apropriado para os praticantes da  modalidade esportiva Wheeling (modalidade de motociclismo urbano).</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PROF. JÚNIOR RODRIGUES</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1996/indic._no_008_-_ruas_em_mao_dupla.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1996/indic._no_008_-_ruas_em_mao_dupla.pdf</t>
   </si>
   <si>
     <t>À Ilustríssima Senhora Prefeita Municipal de Esperantina - PI, que providencie juntamente ao setor competente da Administração para que as Ruas citadas abaixo voltem a ter mão dupla:_x000D_
  Rua da Independência, e_x000D_
  Rua 12 de Outubro._x000D_
 _x000D_
 A pedido, Equipe do Departamento de Trânsito já verificou nos locais mencionados a viabilidade do presente pleito.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>LUIZ DIONÍZIO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2017/indic._no_023_-_quebra-molas_pi-213.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2017/indic._no_023_-_quebra-molas_pi-213.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Diretor Geral do Departamento de Estradas de Rodagem do Piauí - DER-PI, que providencie a construção de redutores de velocidade tipo “quebra-molas” na PI-213, nas proximidades da localidade Palmeira, próximo à entrada para o parque ecológico cachoeira do urubu.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>DOMINGOS LUIZ</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2030/indic._no_032_-_sinalizacao_de_rua.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2030/indic._no_032_-_sinalizacao_de_rua.pdf</t>
   </si>
   <si>
     <t>À Exma. Sra. Prefeita Municipal de Esperantina, que providencie juntamente ao setor competentes da administração, a realização de estudo de viabilidade para que seja instalada faixa de pedestres ou tachão (tartaruga de sinalização de trânsito) na rua Cel. Patriotino Lages Rebelo, mais precisamente nas proximidades da Associação de Pais e Amigos dos Excepcionais - APAE.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2037/indic._no_036_-_rua_manoel_r._chaves.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2037/indic._no_036_-_rua_manoel_r._chaves.pdf</t>
   </si>
   <si>
     <t>À Excelentíssima Senhora Prefeita Municipal de Esperantina - PI, que providencie juntamente ao setor competente da Administração que a rua Manoel Rodrigues Chaves seja tornada de mão única, no sentido rua Leonardo das Dores à rua Vereador Ramos.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2127/indic._no_74_-_quebra-molas_pi-213.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2127/indic._no_74_-_quebra-molas_pi-213.pdf</t>
   </si>
   <si>
     <t>Ao Exmo. Sr. Diretor Geral do Departamento de Estradas de Rodagem do Piauí - DER-PI, que providencie estudo de viabilidade visando a instalação de redutores de velocidade tipo “tartaruga” na PI-213, conhecida como “Rota do Leite”, mais especificamente no trecho localizado após o parque aquático Falcão.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -478,67 +478,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1995/indic._no_007_-_local_para_grau_-_wheeling.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1996/indic._no_008_-_ruas_em_mao_dupla.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2017/indic._no_023_-_quebra-molas_pi-213.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2030/indic._no_032_-_sinalizacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2037/indic._no_036_-_rua_manoel_r._chaves.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2127/indic._no_74_-_quebra-molas_pi-213.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1995/indic._no_007_-_local_para_grau_-_wheeling.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/1996/indic._no_008_-_ruas_em_mao_dupla.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2017/indic._no_023_-_quebra-molas_pi-213.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2030/indic._no_032_-_sinalizacao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2037/indic._no_036_-_rua_manoel_r._chaves.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2024/2127/indic._no_74_-_quebra-molas_pi-213.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="28.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="118.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="117.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>