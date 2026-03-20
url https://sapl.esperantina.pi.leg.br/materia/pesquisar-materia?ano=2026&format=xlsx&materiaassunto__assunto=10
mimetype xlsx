--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -10,110 +10,269 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="70">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2426</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>INDICAÇÃO</t>
+  </si>
+  <si>
+    <t>PROF. LEÔNIDAS</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2426/indic._no_11_-_adic._insalub._garis.pdf</t>
+  </si>
+  <si>
+    <t>À Excelentíssima Sra. Prefeita Municipal de Esperantina-PI, a adoção das providências necessárias para a instituição do adicional de insalubridade em favor dos garis, das zeladoras e merendeiras e demais servidores vinculados ao serviço de limpeza pública municipal, conforme minuta de Projeto de Lei que segue anexa, para apreciação.</t>
+  </si>
+  <si>
+    <t>2420</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>PTCE</t>
+  </si>
+  <si>
+    <t>PARECER TRIBUNAL DE CONTAS DO ESTADO</t>
+  </si>
+  <si>
+    <t>TRIBUNAL DE CONTAS DO ESTADO DO PIAUÍ - TCE-PI</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2420/parecer_tce_-_contas_prefeitura_2023_c66b5f12-c298-4232-992e-f682ebd177b4.pdf</t>
+  </si>
+  <si>
+    <t>CONTROLE EXTERNO. DIREITO FINANCEIRO. CONTAS DE GOVERNO. ANÁLISE DA EXECUÇÃO ORÇAMENTÁRIA, FINANCEIRA E FISCAL. ANÁLISE DO BALANÇO GERAL. CUMPRIMENTO DOS ÍNDICES CONSTITUCIONAIS E LEGAIS. APROVAÇÃO COM RESSALVAS.</t>
+  </si>
+  <si>
+    <t>2410</t>
+  </si>
+  <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI COMPLEMENTAR</t>
+  </si>
+  <si>
+    <t>PREFEITURA MUNICIPAL DE ESPERANTINA</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2410/plc_no_01_-_alteracao_piso_salarial_magisterio.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre alteração do piso salarial dos profissionais do Magistério público do município de Esperantina - PI, na forma que especifica.</t>
+  </si>
+  <si>
     <t>2408</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>CASTRO</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2408/plo_no_01.26_-_vedacao_a_nomeacao_para_cargos_em_comissao.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2408/plo_no_01.26_-_vedacao_a_nomeacao_para_cargos_em_comissao.pdf</t>
   </si>
   <si>
     <t>Altera o parágrafo único do art, 1º da Lei Municipal nº 1.292/2016, que dispõe sobre a vedação a nomeação para cargos em comissão no âmbito da Administração Pública Municipal de Esperantina-PI e dá outras providências.</t>
   </si>
   <si>
     <t>2409</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2409/plo_no_2_-_altera_lei_no_1.292-2016.pdf</t>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2409/plo_no_2_-_altera_lei_no_1.292-2016.pdf</t>
   </si>
   <si>
     <t>ALTERA, REVOGA E ACRESCENTA DISPOSITIVOS À LEI MUNICIPAL Nº 1.292, DE 05 DE AGOSTO DE 2016, QUE INSTITUI CRITÉRIOS DE INTEGRIDADE NA NOMEAÇÃO PARA CARGOS EM COMISSÃO NO ÂMBITO DO MUNICÍPIO DE ESPERANTINA, ADEQUANDO-A À LEI DE IMPROBIDADE ADMINISTRATIVA (LEI Nº 8.429/1992, COM REDAÇÃO DA LEI Nº 14.230/2021), À LEI COMPLEMENTAR Nº 64/1990 (LEI DE INELEGIBILIDADE), LEI COMPLEMENTAR Nº 135 (LEI DA FICHA LIMPA), À LEI DE INTRODUÇÃO ÀS NORMAS DO DIREITO BRASILEIRO – LINDB E À LEI ANTICORRUPÇÃO (LEI Nº 12.846/2013).</t>
+  </si>
+  <si>
+    <t>2419</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2419/plo_no_03_-_sobre_fechamento_de_escolas.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre critérios, procedimentos e garantias para o fechamento, a desativação ou a paralisação de unidades escolares da rede pública municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2421</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>ZÉ ANGELO</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2421/plo_no_04_-_proibicao_adocao_de_animais_por_condenados.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de adoção de animais no ambito do município de Esperantina - PI por pessoas condenadas pelo crime de maus tratos aos animais e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2422</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2422/plo_no_05_-_proibe_nomeacao_contratacao_condenados_maus_tratos.pdf</t>
+  </si>
+  <si>
+    <t>Proíbe a nomeação ou contratação de pessoas condenadas por crimes de maus-tratos aos animais para os cargos públicos no município de Esperantina - PI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2434</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2434/plo_no_08_-sobre_desapropriacao_de_imoveis.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Transparência no processo de desapropriação no município de Esperantina – Piauí e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2447</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2447/plo_no_11_-_considera_utili._pub._associacao_bombeiros_civis.pdf</t>
+  </si>
+  <si>
+    <t>Considera de utilidade pública a Associação dos Bombeiros Civis do Território dos Cocais.</t>
+  </si>
+  <si>
+    <t>2431</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2431/req._no_002.2026_-_solicita_informacoes_prefeitura.pdf</t>
+  </si>
+  <si>
+    <t>Requer seja oficiada a Excelentíssima Senhora Prefeita Municipal para que envie a esta Câmara Municipal relatório detalhado acerca dos precatórios oriundos do FUNDEF (Fundo de Manutenção e Desenvolvimento do Ensino Fundamental e de Valorização do Magistério) referentes ao período de 1997 a 2006.</t>
+  </si>
+  <si>
+    <t>2441</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2441/req._no_03_-_info_monitores_sec._educacao.pdf</t>
+  </si>
+  <si>
+    <t>Requer seja oficiado o Exmo. Sr. Secretário Municipal de Educação para que envie a esta Câmara informações sobre nomes e respectivos locais de trabalho dos monitores escolares atualmente em exercício na rede municipal de educação.</t>
+  </si>
+  <si>
+    <t>2442</t>
+  </si>
+  <si>
+    <t>http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2442/req._no_04_-_solicita_informacoes_ao_tcu.pdf</t>
+  </si>
+  <si>
+    <t>Requer seja encaminhado expediente ao Tribunal de Contas da União (TCU) solicitando as seguintes informações:_x000D_
+_x000D_
+1. Relação detalhada dos recursos federais repassados ao Município de Esperantina - PI destinados à execução de obras públicas nos exercícios financeiros de 2024 e 2025, especificando:_x000D_
+a) órgão ou ministério de origem dos recursos;_x000D_
+b) programa, ação ou convênio ao qual os recursos estão vinculados;_x000D_
+c) valores empenhados, liquidados e pagos;_x000D_
+d) objeto das obras financiadas;_x000D_
+e) situação da execução (não iniciada, em andamento, paralisada ou concluída);_x000D_
+f) eventuais apontamentos, auditorias, fiscalizações ou irregularidades identificadas pelo TCU, se houver._x000D_
+2. Informações acerca da prestação de contas apresentada pelo Município de Esperantina – PI referente aos recursos mencionados, indicando se estas foram aprovadas, estão em análise ou foram objeto de ressalvas.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -417,67 +576,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2408/plo_no_01.26_-_vedacao_a_nomeacao_para_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2409/plo_no_2_-_altera_lei_no_1.292-2016.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2426/indic._no_11_-_adic._insalub._garis.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2420/parecer_tce_-_contas_prefeitura_2023_c66b5f12-c298-4232-992e-f682ebd177b4.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2410/plc_no_01_-_alteracao_piso_salarial_magisterio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2408/plo_no_01.26_-_vedacao_a_nomeacao_para_cargos_em_comissao.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2409/plo_no_2_-_altera_lei_no_1.292-2016.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2419/plo_no_03_-_sobre_fechamento_de_escolas.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2421/plo_no_04_-_proibicao_adocao_de_animais_por_condenados.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2422/plo_no_05_-_proibe_nomeacao_contratacao_condenados_maus_tratos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2434/plo_no_08_-sobre_desapropriacao_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2447/plo_no_11_-_considera_utili._pub._associacao_bombeiros_civis.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2431/req._no_002.2026_-_solicita_informacoes_prefeitura.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2441/req._no_03_-_info_monitores_sec._educacao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.esperantina.pi.leg.br/media/sapl/public/materialegislativa/2026/2442/req._no_04_-_solicita_informacoes_ao_tcu.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="136.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="39" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="46.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="147.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -500,69 +659,366 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>26</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>32</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>30</v>
+      </c>
+      <c r="E7" t="s">
+        <v>31</v>
+      </c>
+      <c r="F7" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="1" t="s">
-[...3 lines deleted...]
-        <v>19</v>
+      <c r="G7" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>30</v>
+      </c>
+      <c r="E8" t="s">
+        <v>31</v>
+      </c>
+      <c r="F8" t="s">
+        <v>45</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>30</v>
+      </c>
+      <c r="E9" t="s">
+        <v>31</v>
+      </c>
+      <c r="F9" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>30</v>
+      </c>
+      <c r="E10" t="s">
+        <v>31</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
+      <c r="E11" t="s">
+        <v>31</v>
+      </c>
+      <c r="F11" t="s">
+        <v>45</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="H13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="H14" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
+    <hyperlink ref="G4" r:id="rId3"/>
+    <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>